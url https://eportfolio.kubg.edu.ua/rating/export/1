--- v0 (2026-01-25)
+++ v1 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="597">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="598">
   <si>
     <t>Рейтинг</t>
   </si>
   <si>
     <t>ПІБ</t>
   </si>
   <si>
     <t>Нарахований бал</t>
   </si>
   <si>
     <t>Підрозділ</t>
   </si>
   <si>
     <t>Кафедра</t>
   </si>
   <si>
     <t>Посада</t>
   </si>
   <si>
     <t>Ступінь</t>
   </si>
   <si>
     <t>Звання</t>
   </si>
   <si>
@@ -1650,50 +1650,53 @@
     <t>Кацалап Олена Вікторівна</t>
   </si>
   <si>
     <t>Кузьменчук Ірина Василівна</t>
   </si>
   <si>
     <t>Назаров Сергій Іванович</t>
   </si>
   <si>
     <t>Олексенко Світлана Валер'янівна</t>
   </si>
   <si>
     <t>Паляниця Наталія Євгенівна</t>
   </si>
   <si>
     <t>Петрощук Наталія Романівна</t>
   </si>
   <si>
     <t>Подолинна Тетяна Тимофіївна</t>
   </si>
   <si>
     <t>Савченко Світлана Володимирівна</t>
   </si>
   <si>
     <t>Чанцева Ніна Іванівна</t>
+  </si>
+  <si>
+    <t>Єліна Валентина Вікторівна</t>
   </si>
   <si>
     <t>Алієва Ельміра Шаігівна</t>
   </si>
   <si>
     <t>Альошина Марина Дмитрівна</t>
   </si>
   <si>
     <t>Бабич Богдана Олександрівна</t>
   </si>
   <si>
     <t>Бертош Олександр Володимирович</t>
   </si>
   <si>
     <t>НМЦ інформаційних технологій</t>
   </si>
   <si>
     <t>Бонар Віталій Олегович</t>
   </si>
   <si>
     <t>Бондар Світлана Іванівна</t>
   </si>
   <si>
     <t>Братко Ірина Василівна</t>
   </si>
@@ -2149,51 +2152,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H394"/>
+  <dimension ref="A1:H395"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="45" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="65" customWidth="true" style="0"/>
     <col min="5" max="5" width="65" customWidth="true" style="0"/>
     <col min="6" max="6" width="65" customWidth="true" style="0"/>
     <col min="7" max="7" width="65" customWidth="true" style="0"/>
     <col min="8" max="8" width="65" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -11433,1024 +11436,1050 @@
       </c>
       <c r="E356" t="s">
         <v>490</v>
       </c>
       <c r="F356" t="s">
         <v>491</v>
       </c>
       <c r="G356" t="s">
         <v>45</v>
       </c>
       <c r="H356" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
         <v>546</v>
       </c>
       <c r="C357">
         <v>0</v>
       </c>
       <c r="D357" t="s">
-        <v>195</v>
+        <v>43</v>
       </c>
       <c r="E357" t="s">
-        <v>281</v>
+        <v>27</v>
       </c>
       <c r="F357" t="s">
-        <v>172</v>
+        <v>491</v>
       </c>
       <c r="G357" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="H357" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
         <v>547</v>
       </c>
       <c r="C358">
         <v>0</v>
       </c>
       <c r="D358" t="s">
-        <v>39</v>
+        <v>195</v>
       </c>
       <c r="E358" t="s">
-        <v>40</v>
+        <v>281</v>
       </c>
       <c r="F358" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="G358" t="s">
-        <v>343</v>
+        <v>45</v>
       </c>
       <c r="H358" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
         <v>548</v>
       </c>
       <c r="C359">
         <v>0</v>
       </c>
       <c r="D359" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="E359" t="s">
-        <v>490</v>
+        <v>40</v>
       </c>
       <c r="F359" t="s">
-        <v>491</v>
+        <v>22</v>
       </c>
       <c r="G359" t="s">
-        <v>45</v>
+        <v>343</v>
       </c>
       <c r="H359" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
         <v>549</v>
       </c>
       <c r="C360">
         <v>0</v>
       </c>
       <c r="D360" t="s">
         <v>70</v>
       </c>
       <c r="E360" t="s">
-        <v>550</v>
+        <v>490</v>
       </c>
       <c r="F360" t="s">
-        <v>338</v>
+        <v>491</v>
       </c>
       <c r="G360" t="s">
         <v>45</v>
       </c>
       <c r="H360" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="C361">
         <v>0</v>
       </c>
       <c r="D361" t="s">
         <v>70</v>
       </c>
       <c r="E361" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F361" t="s">
-        <v>298</v>
+        <v>338</v>
       </c>
       <c r="G361" t="s">
         <v>45</v>
       </c>
       <c r="H361" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
         <v>552</v>
       </c>
       <c r="C362">
         <v>0</v>
       </c>
       <c r="D362" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E362" t="s">
-        <v>190</v>
+        <v>551</v>
       </c>
       <c r="F362" t="s">
-        <v>99</v>
+        <v>298</v>
       </c>
       <c r="G362" t="s">
-        <v>343</v>
+        <v>45</v>
       </c>
       <c r="H362" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
         <v>553</v>
       </c>
       <c r="C363">
         <v>0</v>
       </c>
       <c r="D363" t="s">
-        <v>163</v>
+        <v>61</v>
       </c>
       <c r="E363" t="s">
-        <v>406</v>
+        <v>190</v>
       </c>
       <c r="F363" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="G363" t="s">
-        <v>554</v>
+        <v>343</v>
       </c>
       <c r="H363" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="C364">
         <v>0</v>
       </c>
       <c r="D364" t="s">
-        <v>129</v>
+        <v>163</v>
       </c>
       <c r="E364" t="s">
-        <v>556</v>
+        <v>406</v>
       </c>
       <c r="F364" t="s">
-        <v>91</v>
+        <v>49</v>
       </c>
       <c r="G364" t="s">
-        <v>45</v>
+        <v>555</v>
       </c>
       <c r="H364" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
       <c r="C365">
         <v>0</v>
       </c>
       <c r="D365" t="s">
-        <v>70</v>
+        <v>129</v>
       </c>
       <c r="E365" t="s">
-        <v>490</v>
+        <v>557</v>
       </c>
       <c r="F365" t="s">
-        <v>491</v>
+        <v>91</v>
       </c>
       <c r="G365" t="s">
         <v>45</v>
       </c>
       <c r="H365" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
         <v>558</v>
       </c>
       <c r="C366">
         <v>0</v>
       </c>
       <c r="D366" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="E366" t="s">
-        <v>21</v>
+        <v>490</v>
       </c>
       <c r="F366" t="s">
-        <v>172</v>
+        <v>491</v>
       </c>
       <c r="G366" t="s">
         <v>45</v>
       </c>
       <c r="H366" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
         <v>559</v>
       </c>
       <c r="C367">
         <v>0</v>
       </c>
       <c r="D367" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="E367" t="s">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="F367" t="s">
-        <v>491</v>
+        <v>172</v>
       </c>
       <c r="G367" t="s">
         <v>45</v>
       </c>
       <c r="H367" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
         <v>560</v>
       </c>
       <c r="C368">
         <v>0</v>
       </c>
       <c r="D368" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="E368" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="F368" t="s">
-        <v>91</v>
+        <v>491</v>
       </c>
       <c r="G368" t="s">
-        <v>561</v>
+        <v>45</v>
       </c>
       <c r="H368" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="C369">
         <v>0</v>
       </c>
       <c r="D369" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E369" t="s">
-        <v>145</v>
+        <v>48</v>
       </c>
       <c r="F369" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="G369" t="s">
-        <v>23</v>
+        <v>562</v>
       </c>
       <c r="H369" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
         <v>563</v>
       </c>
       <c r="C370">
         <v>0</v>
       </c>
       <c r="D370" t="s">
-        <v>195</v>
+        <v>39</v>
       </c>
       <c r="E370" t="s">
-        <v>293</v>
+        <v>145</v>
       </c>
       <c r="F370" t="s">
-        <v>172</v>
+        <v>99</v>
       </c>
       <c r="G370" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H370" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
         <v>564</v>
       </c>
       <c r="C371">
         <v>0</v>
       </c>
       <c r="D371" t="s">
-        <v>9</v>
+        <v>195</v>
       </c>
       <c r="E371" t="s">
-        <v>10</v>
+        <v>293</v>
       </c>
       <c r="F371" t="s">
-        <v>565</v>
+        <v>172</v>
       </c>
       <c r="G371" t="s">
         <v>45</v>
       </c>
       <c r="H371" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="C372">
         <v>0</v>
       </c>
       <c r="D372" t="s">
-        <v>70</v>
+        <v>9</v>
       </c>
       <c r="E372" t="s">
-        <v>567</v>
+        <v>10</v>
       </c>
       <c r="F372" t="s">
-        <v>338</v>
+        <v>566</v>
       </c>
       <c r="G372" t="s">
         <v>45</v>
       </c>
       <c r="H372" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="C373">
         <v>0</v>
       </c>
       <c r="D373" t="s">
-        <v>122</v>
+        <v>70</v>
       </c>
       <c r="E373" t="s">
-        <v>123</v>
+        <v>568</v>
       </c>
       <c r="F373" t="s">
-        <v>22</v>
+        <v>338</v>
       </c>
       <c r="G373" t="s">
-        <v>124</v>
+        <v>45</v>
       </c>
       <c r="H373" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
         <v>569</v>
       </c>
       <c r="C374">
         <v>0</v>
       </c>
       <c r="D374" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="E374" t="s">
-        <v>490</v>
+        <v>123</v>
       </c>
       <c r="F374" t="s">
-        <v>491</v>
+        <v>22</v>
       </c>
       <c r="G374" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="H374" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
         <v>570</v>
       </c>
       <c r="C375">
         <v>0</v>
       </c>
       <c r="D375" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="E375" t="s">
-        <v>30</v>
+        <v>490</v>
       </c>
       <c r="F375" t="s">
-        <v>91</v>
+        <v>491</v>
       </c>
       <c r="G375" t="s">
-        <v>141</v>
+        <v>45</v>
       </c>
       <c r="H375" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
         <v>571</v>
       </c>
       <c r="C376">
         <v>0</v>
       </c>
       <c r="D376" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="E376" t="s">
-        <v>145</v>
+        <v>30</v>
       </c>
       <c r="F376" t="s">
         <v>91</v>
       </c>
       <c r="G376" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="H376" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
         <v>572</v>
       </c>
       <c r="C377">
         <v>0</v>
       </c>
       <c r="D377" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="E377" t="s">
-        <v>550</v>
+        <v>145</v>
       </c>
       <c r="F377" t="s">
-        <v>491</v>
+        <v>91</v>
       </c>
       <c r="G377" t="s">
         <v>45</v>
       </c>
       <c r="H377" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
         <v>573</v>
       </c>
       <c r="C378">
         <v>0</v>
       </c>
       <c r="D378" t="s">
-        <v>163</v>
+        <v>70</v>
       </c>
       <c r="E378" t="s">
-        <v>214</v>
+        <v>551</v>
       </c>
       <c r="F378" t="s">
-        <v>22</v>
+        <v>491</v>
       </c>
       <c r="G378" t="s">
-        <v>199</v>
+        <v>45</v>
       </c>
       <c r="H378" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
         <v>574</v>
       </c>
       <c r="C379">
         <v>0</v>
       </c>
       <c r="D379" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="E379" t="s">
-        <v>267</v>
+        <v>214</v>
       </c>
       <c r="F379" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="G379" t="s">
-        <v>45</v>
+        <v>199</v>
       </c>
       <c r="H379" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
         <v>575</v>
       </c>
       <c r="C380">
         <v>0</v>
       </c>
       <c r="D380" t="s">
         <v>195</v>
       </c>
       <c r="E380" t="s">
         <v>267</v>
       </c>
       <c r="F380" t="s">
         <v>172</v>
       </c>
       <c r="G380" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H380" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
         <v>576</v>
       </c>
       <c r="C381">
         <v>0</v>
       </c>
       <c r="D381" t="s">
-        <v>9</v>
+        <v>195</v>
       </c>
       <c r="E381" t="s">
-        <v>35</v>
+        <v>267</v>
       </c>
       <c r="F381" t="s">
-        <v>577</v>
+        <v>172</v>
       </c>
       <c r="G381" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H381" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="C382">
         <v>0</v>
       </c>
       <c r="D382" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="E382" t="s">
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="F382" t="s">
-        <v>63</v>
+        <v>578</v>
       </c>
       <c r="G382" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="H382" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
         <v>579</v>
       </c>
       <c r="C383">
         <v>0</v>
       </c>
       <c r="D383" t="s">
-        <v>195</v>
+        <v>51</v>
       </c>
       <c r="E383" t="s">
-        <v>277</v>
+        <v>127</v>
       </c>
       <c r="F383" t="s">
-        <v>580</v>
+        <v>63</v>
       </c>
       <c r="G383" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="H383" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="C384">
         <v>0</v>
       </c>
       <c r="D384" t="s">
-        <v>15</v>
+        <v>195</v>
       </c>
       <c r="E384" t="s">
-        <v>48</v>
+        <v>277</v>
       </c>
       <c r="F384" t="s">
-        <v>22</v>
+        <v>581</v>
       </c>
       <c r="G384" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="H384" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
         <v>582</v>
       </c>
       <c r="C385">
         <v>0</v>
       </c>
       <c r="D385" t="s">
-        <v>70</v>
+        <v>15</v>
       </c>
       <c r="E385" t="s">
-        <v>583</v>
+        <v>48</v>
       </c>
       <c r="F385" t="s">
-        <v>584</v>
+        <v>22</v>
       </c>
       <c r="G385" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="H385" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="C386">
         <v>0</v>
       </c>
       <c r="D386" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="E386" t="s">
-        <v>68</v>
+        <v>584</v>
       </c>
       <c r="F386" t="s">
-        <v>99</v>
+        <v>585</v>
       </c>
       <c r="G386" t="s">
         <v>45</v>
       </c>
       <c r="H386" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
         <v>586</v>
       </c>
       <c r="C387">
         <v>0</v>
       </c>
       <c r="D387" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E387" t="s">
-        <v>145</v>
+        <v>68</v>
       </c>
       <c r="F387" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="G387" t="s">
         <v>45</v>
       </c>
       <c r="H387" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
         <v>587</v>
       </c>
       <c r="C388">
         <v>0</v>
       </c>
       <c r="D388" t="s">
-        <v>109</v>
+        <v>39</v>
       </c>
       <c r="E388" t="s">
-        <v>183</v>
+        <v>145</v>
       </c>
       <c r="F388" t="s">
         <v>91</v>
       </c>
       <c r="G388" t="s">
         <v>45</v>
       </c>
       <c r="H388" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
         <v>588</v>
       </c>
       <c r="C389">
         <v>0</v>
       </c>
       <c r="D389" t="s">
-        <v>70</v>
+        <v>109</v>
       </c>
       <c r="E389" t="s">
-        <v>490</v>
+        <v>183</v>
       </c>
       <c r="F389" t="s">
-        <v>491</v>
+        <v>91</v>
       </c>
       <c r="G389" t="s">
         <v>45</v>
       </c>
       <c r="H389" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
         <v>589</v>
       </c>
       <c r="C390">
         <v>0</v>
       </c>
       <c r="D390" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="E390" t="s">
-        <v>57</v>
+        <v>490</v>
       </c>
       <c r="F390" t="s">
-        <v>22</v>
+        <v>491</v>
       </c>
       <c r="G390" t="s">
-        <v>229</v>
+        <v>45</v>
       </c>
       <c r="H390" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
         <v>590</v>
       </c>
       <c r="C391">
         <v>0</v>
       </c>
       <c r="D391" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="E391" t="s">
-        <v>116</v>
+        <v>57</v>
       </c>
       <c r="F391" t="s">
-        <v>91</v>
+        <v>22</v>
       </c>
       <c r="G391" t="s">
-        <v>45</v>
+        <v>229</v>
       </c>
       <c r="H391" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
         <v>591</v>
       </c>
       <c r="C392">
         <v>0</v>
       </c>
       <c r="D392" t="s">
-        <v>109</v>
+        <v>70</v>
       </c>
       <c r="E392" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="F392" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="G392" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="H392" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
         <v>592</v>
       </c>
       <c r="C393">
         <v>0</v>
       </c>
       <c r="D393" t="s">
-        <v>9</v>
+        <v>109</v>
       </c>
       <c r="E393" t="s">
-        <v>593</v>
+        <v>110</v>
       </c>
       <c r="F393" t="s">
-        <v>577</v>
+        <v>63</v>
       </c>
       <c r="G393" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="H393" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="C394">
         <v>0</v>
       </c>
       <c r="D394" t="s">
+        <v>9</v>
+      </c>
+      <c r="E394" t="s">
+        <v>594</v>
+      </c>
+      <c r="F394" t="s">
+        <v>578</v>
+      </c>
+      <c r="G394" t="s">
+        <v>45</v>
+      </c>
+      <c r="H394" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395">
+        <v>394</v>
+      </c>
+      <c r="B395" t="s">
+        <v>595</v>
+      </c>
+      <c r="C395">
+        <v>0</v>
+      </c>
+      <c r="D395" t="s">
         <v>70</v>
       </c>
-      <c r="E394" t="s">
-[...2 lines deleted...]
-      <c r="F394" t="s">
+      <c r="E395" t="s">
         <v>596</v>
       </c>
-      <c r="G394" t="s">
-[...2 lines deleted...]
-      <c r="H394" t="s">
+      <c r="F395" t="s">
+        <v>597</v>
+      </c>
+      <c r="G395" t="s">
+        <v>45</v>
+      </c>
+      <c r="H395" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>