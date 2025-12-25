--- v0 (2025-12-04)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Рейтинг</t>
   </si>
   <si>
     <t>ПІБ</t>
   </si>
   <si>
     <t>Нарахований бал</t>
   </si>
   <si>
     <t>Підрозділ</t>
   </si>
   <si>
     <t>Кафедра</t>
   </si>
   <si>
     <t>Посада</t>
   </si>
   <si>
     <t>Ступінь</t>
   </si>
   <si>
     <t>Звання</t>
   </si>
   <si>
@@ -161,102 +161,99 @@
   <si>
     <t>Дудар Ольга Володимирівна</t>
   </si>
   <si>
     <t>Гончаренко Алла Миколаївна</t>
   </si>
   <si>
     <t>Доцент. Старший науковий співробітник</t>
   </si>
   <si>
     <t>Заплатинський Василь Миронович</t>
   </si>
   <si>
     <t>Кандидат сільськогосподарських наук</t>
   </si>
   <si>
     <t>Петрощук Наталія Романівна</t>
   </si>
   <si>
     <t>Матвійчук Оксана Євгенівна</t>
   </si>
   <si>
     <t>Кафедра освітнього лідерства</t>
   </si>
   <si>
-    <t>Черпак Юрій Васильович</t>
+    <t>Заєркова Наталія Віталіївна</t>
+  </si>
+  <si>
+    <t>Ресурсний центр підтримки інклюзивної освіти</t>
+  </si>
+  <si>
+    <t>Керівник центру</t>
+  </si>
+  <si>
+    <t>Линьов Костянтин Олександрович</t>
+  </si>
+  <si>
+    <t>Кандидат наук державного управління</t>
+  </si>
+  <si>
+    <t>Полякова Олена Василівна</t>
+  </si>
+  <si>
+    <t>Левітас Фелікс Львович</t>
   </si>
   <si>
     <t>Професор кафедри</t>
   </si>
   <si>
-    <t>Заєркова Наталія Віталіївна</t>
-[...19 lines deleted...]
-  <si>
     <t>Рудик Олександр Борисович</t>
   </si>
   <si>
     <t>Кандидат фізико-математичних наук</t>
   </si>
   <si>
     <t>Дятленко Наталія Михайлівна</t>
   </si>
   <si>
     <t>Чанцева Ніна Іванівна</t>
   </si>
   <si>
+    <t>НМЦ професійного розвитку педагогічних працівників</t>
+  </si>
+  <si>
+    <t>Методист</t>
+  </si>
+  <si>
     <t>Сабол Діана Михайлівна</t>
   </si>
   <si>
     <t>Сафарян Світлана Іванівна</t>
   </si>
   <si>
     <t>Філоненко Ірина Олександрівна</t>
-  </si>
-[...4 lines deleted...]
-    <t>Методист</t>
   </si>
   <si>
     <t>Хмелєва-Токарєва Ольга Василівна</t>
   </si>
   <si>
     <t>НМЦ практичної психології і соціальної роботи</t>
   </si>
   <si>
     <t>Завідувач науково-методичного центру</t>
   </si>
   <si>
     <t>Хоменко Олена Анатоліївна</t>
   </si>
   <si>
     <t>Воробей Світлана Йосипівна</t>
   </si>
   <si>
     <t>Беззуб Юрій Віленович</t>
   </si>
   <si>
     <t>Жарікова Людмила Миколаївна</t>
   </si>
   <si>
     <t>Наумова Вікторія Юріївна</t>
   </si>
@@ -727,51 +724,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H71"/>
+  <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="45" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="65" customWidth="true" style="0"/>
     <col min="5" max="5" width="65" customWidth="true" style="0"/>
     <col min="6" max="6" width="65" customWidth="true" style="0"/>
     <col min="7" max="7" width="65" customWidth="true" style="0"/>
     <col min="8" max="8" width="65" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1272,1365 +1269,1339 @@
       </c>
       <c r="D20" t="s">
         <v>9</v>
       </c>
       <c r="E20" t="s">
         <v>48</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>12</v>
       </c>
       <c r="H20" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>49</v>
       </c>
       <c r="C21">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="F21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G21" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C22">
         <v>245</v>
       </c>
       <c r="D22" t="s">
         <v>9</v>
       </c>
       <c r="E22" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
         <v>53</v>
       </c>
-      <c r="G22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>54</v>
       </c>
       <c r="C23">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="D23" t="s">
         <v>9</v>
       </c>
       <c r="E23" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="G23" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="H23" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>55</v>
+      </c>
+      <c r="C24">
+        <v>229</v>
+      </c>
+      <c r="D24" t="s">
+        <v>9</v>
+      </c>
+      <c r="E24" t="s">
+        <v>19</v>
+      </c>
+      <c r="F24" t="s">
         <v>56</v>
       </c>
-      <c r="C24">
-[...10 lines deleted...]
-      </c>
       <c r="G24" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="H24" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>57</v>
       </c>
       <c r="C25">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D25" t="s">
         <v>9</v>
       </c>
       <c r="E25" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F25" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="G25" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="H25" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C26">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="D26" t="s">
         <v>9</v>
       </c>
       <c r="E26" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="H26" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="F27" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="G27" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="H27" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C28">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D28" t="s">
         <v>9</v>
       </c>
       <c r="E28" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="F28" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G28" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H28" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C29">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D29" t="s">
         <v>9</v>
       </c>
       <c r="E29" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="H29" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C30">
-        <v>200</v>
+        <v>186</v>
       </c>
       <c r="D30" t="s">
         <v>9</v>
       </c>
       <c r="E30" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="F30" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="G30" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H30" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C31">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D31" t="s">
         <v>9</v>
       </c>
       <c r="E31" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F31" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="G31" t="s">
         <v>31</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C32">
         <v>181</v>
       </c>
       <c r="D32" t="s">
         <v>9</v>
       </c>
       <c r="E32" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="F32" t="s">
-        <v>69</v>
+        <v>30</v>
       </c>
       <c r="G32" t="s">
         <v>31</v>
       </c>
       <c r="H32" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>70</v>
       </c>
       <c r="C33">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
       <c r="E33" t="s">
         <v>23</v>
       </c>
       <c r="F33" t="s">
         <v>30</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>71</v>
       </c>
       <c r="C34">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="D34" t="s">
         <v>9</v>
       </c>
       <c r="E34" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F34" t="s">
         <v>30</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D35" t="s">
         <v>9</v>
       </c>
       <c r="E35" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="F35" t="s">
         <v>30</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36">
-        <v>165</v>
+        <v>138</v>
       </c>
       <c r="D36" t="s">
         <v>9</v>
       </c>
       <c r="E36" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="F36" t="s">
         <v>30</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="D37" t="s">
         <v>9</v>
       </c>
       <c r="E37" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="F37" t="s">
         <v>30</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>75</v>
       </c>
       <c r="C38">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D38" t="s">
         <v>9</v>
       </c>
       <c r="E38" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F38" t="s">
         <v>30</v>
       </c>
       <c r="G38" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="H38" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C39">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
       <c r="E39" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="F39" t="s">
         <v>30</v>
       </c>
       <c r="G39" t="s">
-        <v>77</v>
+        <v>31</v>
       </c>
       <c r="H39" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>79</v>
       </c>
       <c r="C40">
         <v>118</v>
       </c>
       <c r="D40" t="s">
         <v>9</v>
       </c>
       <c r="E40" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="F40" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="G40" t="s">
         <v>31</v>
       </c>
       <c r="H40" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>80</v>
       </c>
       <c r="C41">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D41" t="s">
         <v>9</v>
       </c>
       <c r="E41" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="F41" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="G41" t="s">
-        <v>31</v>
+        <v>81</v>
       </c>
       <c r="H41" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C42">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="D42" t="s">
         <v>9</v>
       </c>
       <c r="E42" t="s">
-        <v>10</v>
+        <v>83</v>
       </c>
       <c r="F42" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="G42" t="s">
-        <v>82</v>
+        <v>12</v>
       </c>
       <c r="H42" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C43">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="D43" t="s">
         <v>9</v>
       </c>
       <c r="E43" t="s">
-        <v>84</v>
+        <v>23</v>
       </c>
       <c r="F43" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="G43" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H43" t="s">
-        <v>86</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>87</v>
       </c>
       <c r="C44">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D44" t="s">
         <v>9</v>
       </c>
       <c r="E44" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F44" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G44" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="H44" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>88</v>
       </c>
       <c r="C45">
         <v>51</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="F45" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="G45" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="H45" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>89</v>
       </c>
       <c r="C46">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
       <c r="E46" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="F46" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G46" t="s">
         <v>31</v>
       </c>
       <c r="H46" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>90</v>
       </c>
       <c r="C47">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D47" t="s">
         <v>9</v>
       </c>
       <c r="E47" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F47" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G47" t="s">
         <v>31</v>
       </c>
       <c r="H47" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>91</v>
       </c>
       <c r="C48">
         <v>10</v>
       </c>
       <c r="D48" t="s">
         <v>9</v>
       </c>
       <c r="E48" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F48" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="G48" t="s">
         <v>31</v>
       </c>
       <c r="H48" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C49">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D49" t="s">
         <v>9</v>
       </c>
       <c r="E49" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="F49" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="G49" t="s">
         <v>31</v>
       </c>
       <c r="H49" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>94</v>
       </c>
       <c r="C50">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D50" t="s">
         <v>9</v>
       </c>
       <c r="E50" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F50" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="G50" t="s">
         <v>31</v>
       </c>
       <c r="H50" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C51">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
       <c r="E51" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="F51" t="s">
-        <v>96</v>
+        <v>62</v>
       </c>
       <c r="G51" t="s">
         <v>31</v>
       </c>
       <c r="H51" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>97</v>
       </c>
       <c r="C52">
         <v>0</v>
       </c>
       <c r="D52" t="s">
         <v>9</v>
       </c>
       <c r="E52" t="s">
-        <v>65</v>
+        <v>98</v>
       </c>
       <c r="F52" t="s">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="G52" t="s">
         <v>31</v>
       </c>
       <c r="H52" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C53">
         <v>0</v>
       </c>
       <c r="D53" t="s">
         <v>9</v>
       </c>
       <c r="E53" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F53" t="s">
-        <v>100</v>
+        <v>68</v>
       </c>
       <c r="G53" t="s">
         <v>31</v>
       </c>
       <c r="H53" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>101</v>
       </c>
       <c r="C54">
         <v>0</v>
       </c>
       <c r="D54" t="s">
         <v>9</v>
       </c>
       <c r="E54" t="s">
-        <v>99</v>
+        <v>67</v>
       </c>
       <c r="F54" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="G54" t="s">
         <v>31</v>
       </c>
       <c r="H54" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>102</v>
       </c>
       <c r="C55">
         <v>0</v>
       </c>
       <c r="D55" t="s">
         <v>9</v>
       </c>
       <c r="E55" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="F55" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="G55" t="s">
         <v>31</v>
       </c>
       <c r="H55" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>103</v>
       </c>
       <c r="C56">
         <v>0</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
       <c r="E56" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F56" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G56" t="s">
         <v>31</v>
       </c>
       <c r="H56" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>104</v>
       </c>
       <c r="C57">
         <v>0</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
       <c r="E57" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="F57" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G57" t="s">
         <v>31</v>
       </c>
       <c r="H57" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>105</v>
       </c>
       <c r="C58">
         <v>0</v>
       </c>
       <c r="D58" t="s">
         <v>9</v>
       </c>
       <c r="E58" t="s">
-        <v>19</v>
+        <v>98</v>
       </c>
       <c r="F58" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G58" t="s">
         <v>31</v>
       </c>
       <c r="H58" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>106</v>
       </c>
       <c r="C59">
         <v>0</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
       <c r="E59" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="F59" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G59" t="s">
         <v>31</v>
       </c>
       <c r="H59" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>107</v>
       </c>
       <c r="C60">
         <v>0</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
       <c r="E60" t="s">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="F60" t="s">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="G60" t="s">
         <v>31</v>
       </c>
       <c r="H60" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C61">
         <v>0</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
       <c r="E61" t="s">
-        <v>109</v>
+        <v>61</v>
       </c>
       <c r="F61" t="s">
-        <v>100</v>
+        <v>62</v>
       </c>
       <c r="G61" t="s">
         <v>31</v>
       </c>
       <c r="H61" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>110</v>
       </c>
       <c r="C62">
         <v>0</v>
       </c>
       <c r="D62" t="s">
         <v>9</v>
       </c>
       <c r="E62" t="s">
-        <v>65</v>
+        <v>98</v>
       </c>
       <c r="F62" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G62" t="s">
         <v>31</v>
       </c>
       <c r="H62" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>111</v>
       </c>
       <c r="C63">
         <v>0</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
       <c r="E63" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="F63" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="G63" t="s">
         <v>31</v>
       </c>
       <c r="H63" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>112</v>
       </c>
       <c r="C64">
         <v>0</v>
       </c>
       <c r="D64" t="s">
         <v>9</v>
       </c>
       <c r="E64" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="F64" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="G64" t="s">
         <v>31</v>
       </c>
       <c r="H64" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>113</v>
       </c>
       <c r="C65">
         <v>0</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
       <c r="E65" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="F65" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G65" t="s">
         <v>31</v>
       </c>
       <c r="H65" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>114</v>
       </c>
       <c r="C66">
         <v>0</v>
       </c>
       <c r="D66" t="s">
         <v>9</v>
       </c>
       <c r="E66" t="s">
-        <v>65</v>
+        <v>98</v>
       </c>
       <c r="F66" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G66" t="s">
         <v>31</v>
       </c>
       <c r="H66" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>115</v>
       </c>
       <c r="C67">
         <v>0</v>
       </c>
       <c r="D67" t="s">
         <v>9</v>
       </c>
       <c r="E67" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="F67" t="s">
-        <v>66</v>
+        <v>116</v>
       </c>
       <c r="G67" t="s">
         <v>31</v>
       </c>
       <c r="H67" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C68">
         <v>0</v>
       </c>
       <c r="D68" t="s">
         <v>9</v>
       </c>
       <c r="E68" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="F68" t="s">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="G68" t="s">
         <v>31</v>
       </c>
       <c r="H68" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>118</v>
       </c>
       <c r="C69">
         <v>0</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
       <c r="E69" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F69" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="G69" t="s">
         <v>31</v>
       </c>
       <c r="H69" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>119</v>
       </c>
       <c r="C70">
         <v>0</v>
       </c>
       <c r="D70" t="s">
         <v>9</v>
       </c>
       <c r="E70" t="s">
-        <v>65</v>
+        <v>120</v>
       </c>
       <c r="F70" t="s">
-        <v>66</v>
+        <v>121</v>
       </c>
       <c r="G70" t="s">
         <v>31</v>
       </c>
       <c r="H70" t="s">
-        <v>21</v>
-[...24 lines deleted...]
-      <c r="H71" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>