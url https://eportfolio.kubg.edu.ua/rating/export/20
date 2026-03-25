--- v0 (2026-02-12)
+++ v1 (2026-03-25)
@@ -779,78 +779,78 @@
   <si>
     <t>Савченко Валентин Михайлович</t>
   </si>
   <si>
     <t>Кафедра фізичної терапії та ерготерапії</t>
   </si>
   <si>
     <t>Доктор медичних наук</t>
   </si>
   <si>
     <t>Джурило Аліна Петрівна</t>
   </si>
   <si>
     <t>Терлецька Тетяна Сергіївна</t>
   </si>
   <si>
     <t>Бржевська Зореслава Михайлівна</t>
   </si>
   <si>
     <t>доцент</t>
   </si>
   <si>
     <t>Грузевич Ірина Володимирівна</t>
   </si>
   <si>
+    <t>Астапеня Володимир Михайлович</t>
+  </si>
+  <si>
+    <t>Смірнова Валерія Андріївна</t>
+  </si>
+  <si>
+    <t>Руденко Валентина Сергіївна</t>
+  </si>
+  <si>
+    <t>Купрій Тетяна Георгіївна</t>
+  </si>
+  <si>
+    <t>Хорошуха Михайло Федорович</t>
+  </si>
+  <si>
+    <t>Василевич Марта Олексіївна</t>
+  </si>
+  <si>
+    <t>Кафедра інструментально-виконавської майстерності</t>
+  </si>
+  <si>
+    <t>Вертугіна Валентина Миколаївна</t>
+  </si>
+  <si>
+    <t>Білецька Вікторія Вікторівна</t>
+  </si>
+  <si>
     <t>Кафедра спорту та фітнесу</t>
-  </si>
-[...25 lines deleted...]
-    <t>Білецька Вікторія Вікторівна</t>
   </si>
   <si>
     <t>Сулима Мар'яна Олександрівна</t>
   </si>
   <si>
     <t>Удовиченко Лариса Миколаївна</t>
   </si>
   <si>
     <t>Факультет східних мов</t>
   </si>
   <si>
     <t>Кафедра східної культури і літератури</t>
   </si>
   <si>
     <t>Василенко Світлана Василівна</t>
   </si>
   <si>
     <t>ННЦ розвитку персоналу та лідерства</t>
   </si>
   <si>
     <t>Завідувач навчально-наукового центру</t>
   </si>
   <si>
     <t>Руденченко Алла Андріївна</t>
   </si>
@@ -6410,259 +6410,259 @@
       </c>
       <c r="F138" t="s">
         <v>26</v>
       </c>
       <c r="G138" t="s">
         <v>63</v>
       </c>
       <c r="H138" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>254</v>
       </c>
       <c r="C139">
         <v>421</v>
       </c>
       <c r="D139" t="s">
         <v>132</v>
       </c>
       <c r="E139" t="s">
-        <v>255</v>
+        <v>29</v>
       </c>
       <c r="F139" t="s">
         <v>33</v>
       </c>
       <c r="G139" t="s">
         <v>134</v>
       </c>
       <c r="H139" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C140">
         <v>417</v>
       </c>
       <c r="D140" t="s">
         <v>15</v>
       </c>
       <c r="E140" t="s">
         <v>16</v>
       </c>
       <c r="F140" t="s">
         <v>26</v>
       </c>
       <c r="G140" t="s">
         <v>18</v>
       </c>
       <c r="H140" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="C141">
         <v>417</v>
       </c>
       <c r="D141" t="s">
         <v>9</v>
       </c>
       <c r="E141" t="s">
         <v>103</v>
       </c>
       <c r="F141" t="s">
         <v>148</v>
       </c>
       <c r="G141" t="s">
         <v>63</v>
       </c>
       <c r="H141" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="C142">
         <v>416</v>
       </c>
       <c r="D142" t="s">
         <v>36</v>
       </c>
       <c r="E142" t="s">
         <v>45</v>
       </c>
       <c r="F142" t="s">
         <v>26</v>
       </c>
       <c r="G142" t="s">
         <v>220</v>
       </c>
       <c r="H142" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C143">
         <v>409</v>
       </c>
       <c r="D143" t="s">
         <v>51</v>
       </c>
       <c r="E143" t="s">
         <v>73</v>
       </c>
       <c r="F143" t="s">
         <v>33</v>
       </c>
       <c r="G143" t="s">
         <v>190</v>
       </c>
       <c r="H143" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C144">
         <v>408</v>
       </c>
       <c r="D144" t="s">
         <v>132</v>
       </c>
       <c r="E144" t="s">
         <v>248</v>
       </c>
       <c r="F144" t="s">
         <v>40</v>
       </c>
       <c r="G144" t="s">
         <v>58</v>
       </c>
       <c r="H144" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C145">
         <v>405</v>
       </c>
       <c r="D145" t="s">
         <v>79</v>
       </c>
       <c r="E145" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F145" t="s">
         <v>86</v>
       </c>
       <c r="G145" t="s">
         <v>87</v>
       </c>
       <c r="H145" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C146">
         <v>402</v>
       </c>
       <c r="D146" t="s">
         <v>31</v>
       </c>
       <c r="E146" t="s">
         <v>120</v>
       </c>
       <c r="F146" t="s">
         <v>86</v>
       </c>
       <c r="G146" t="s">
         <v>34</v>
       </c>
       <c r="H146" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C147">
         <v>401</v>
       </c>
       <c r="D147" t="s">
         <v>132</v>
       </c>
       <c r="E147" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="F147" t="s">
         <v>17</v>
       </c>
       <c r="G147" t="s">
         <v>134</v>
       </c>
       <c r="H147" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
         <v>265</v>
       </c>
       <c r="C148">
         <v>400</v>
       </c>
       <c r="D148" t="s">
         <v>36</v>
       </c>
       <c r="E148" t="s">
@@ -7528,51 +7528,51 @@
       </c>
       <c r="F181" t="s">
         <v>26</v>
       </c>
       <c r="G181" t="s">
         <v>34</v>
       </c>
       <c r="H181" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
         <v>314</v>
       </c>
       <c r="C182">
         <v>341</v>
       </c>
       <c r="D182" t="s">
         <v>79</v>
       </c>
       <c r="E182" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F182" t="s">
         <v>26</v>
       </c>
       <c r="G182" t="s">
         <v>315</v>
       </c>
       <c r="H182" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
         <v>316</v>
       </c>
       <c r="C183">
         <v>341</v>
       </c>
       <c r="D183" t="s">
         <v>188</v>
       </c>
       <c r="E183" t="s">
@@ -8802,51 +8802,51 @@
       </c>
       <c r="F230" t="s">
         <v>40</v>
       </c>
       <c r="G230" t="s">
         <v>376</v>
       </c>
       <c r="H230" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
         <v>377</v>
       </c>
       <c r="C231">
         <v>281</v>
       </c>
       <c r="D231" t="s">
         <v>79</v>
       </c>
       <c r="E231" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F231" t="s">
         <v>26</v>
       </c>
       <c r="G231" t="s">
         <v>378</v>
       </c>
       <c r="H231" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
         <v>379</v>
       </c>
       <c r="C232">
         <v>278</v>
       </c>
       <c r="D232" t="s">
         <v>83</v>
       </c>
       <c r="E232" t="s">
@@ -8958,77 +8958,77 @@
       </c>
       <c r="F236" t="s">
         <v>26</v>
       </c>
       <c r="G236" t="s">
         <v>34</v>
       </c>
       <c r="H236" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
         <v>384</v>
       </c>
       <c r="C237">
         <v>273</v>
       </c>
       <c r="D237" t="s">
         <v>79</v>
       </c>
       <c r="E237" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F237" t="s">
         <v>86</v>
       </c>
       <c r="G237" t="s">
         <v>87</v>
       </c>
       <c r="H237" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
         <v>385</v>
       </c>
       <c r="C238">
         <v>273</v>
       </c>
       <c r="D238" t="s">
         <v>79</v>
       </c>
       <c r="E238" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F238" t="s">
         <v>130</v>
       </c>
       <c r="G238" t="s">
         <v>34</v>
       </c>
       <c r="H238" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
         <v>386</v>
       </c>
       <c r="C239">
         <v>273</v>
       </c>
       <c r="D239" t="s">
         <v>31</v>
       </c>
       <c r="E239" t="s">
@@ -9452,51 +9452,51 @@
       </c>
       <c r="F255" t="s">
         <v>26</v>
       </c>
       <c r="G255" t="s">
         <v>341</v>
       </c>
       <c r="H255" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
         <v>407</v>
       </c>
       <c r="C256">
         <v>254</v>
       </c>
       <c r="D256" t="s">
         <v>79</v>
       </c>
       <c r="E256" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F256" t="s">
         <v>26</v>
       </c>
       <c r="G256" t="s">
         <v>408</v>
       </c>
       <c r="H256" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
         <v>409</v>
       </c>
       <c r="C257">
         <v>250</v>
       </c>
       <c r="D257" t="s">
         <v>188</v>
       </c>
       <c r="E257" t="s">
@@ -9608,51 +9608,51 @@
       </c>
       <c r="F261" t="s">
         <v>26</v>
       </c>
       <c r="G261" t="s">
         <v>190</v>
       </c>
       <c r="H261" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
         <v>415</v>
       </c>
       <c r="C262">
         <v>246</v>
       </c>
       <c r="D262" t="s">
         <v>79</v>
       </c>
       <c r="E262" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F262" t="s">
         <v>26</v>
       </c>
       <c r="G262" t="s">
         <v>416</v>
       </c>
       <c r="H262" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
         <v>417</v>
       </c>
       <c r="C263">
         <v>246</v>
       </c>
       <c r="D263" t="s">
         <v>31</v>
       </c>
       <c r="E263" t="s">
@@ -10076,51 +10076,51 @@
       </c>
       <c r="F279" t="s">
         <v>26</v>
       </c>
       <c r="G279" t="s">
         <v>118</v>
       </c>
       <c r="H279" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
         <v>440</v>
       </c>
       <c r="C280">
         <v>235</v>
       </c>
       <c r="D280" t="s">
         <v>79</v>
       </c>
       <c r="E280" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F280" t="s">
         <v>86</v>
       </c>
       <c r="G280" t="s">
         <v>87</v>
       </c>
       <c r="H280" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
         <v>441</v>
       </c>
       <c r="C281">
         <v>234</v>
       </c>
       <c r="D281" t="s">
         <v>162</v>
       </c>
       <c r="E281" t="s">
@@ -11350,51 +11350,51 @@
       </c>
       <c r="F328" t="s">
         <v>86</v>
       </c>
       <c r="G328" t="s">
         <v>166</v>
       </c>
       <c r="H328" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
         <v>496</v>
       </c>
       <c r="C329">
         <v>186</v>
       </c>
       <c r="D329" t="s">
         <v>79</v>
       </c>
       <c r="E329" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F329" t="s">
         <v>86</v>
       </c>
       <c r="G329" t="s">
         <v>87</v>
       </c>
       <c r="H329" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
         <v>497</v>
       </c>
       <c r="C330">
         <v>185</v>
       </c>
       <c r="D330" t="s">
         <v>83</v>
       </c>
       <c r="E330" t="s">
@@ -11506,51 +11506,51 @@
       </c>
       <c r="F334" t="s">
         <v>26</v>
       </c>
       <c r="G334" t="s">
         <v>190</v>
       </c>
       <c r="H334" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
         <v>502</v>
       </c>
       <c r="C335">
         <v>183</v>
       </c>
       <c r="D335" t="s">
         <v>79</v>
       </c>
       <c r="E335" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F335" t="s">
         <v>40</v>
       </c>
       <c r="G335" t="s">
         <v>503</v>
       </c>
       <c r="H335" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
         <v>505</v>
       </c>
       <c r="C336">
         <v>183</v>
       </c>
       <c r="D336" t="s">
         <v>188</v>
       </c>
       <c r="E336" t="s">
@@ -12468,77 +12468,77 @@
       </c>
       <c r="F371" t="s">
         <v>86</v>
       </c>
       <c r="G371" t="s">
         <v>87</v>
       </c>
       <c r="H371" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
         <v>543</v>
       </c>
       <c r="C372">
         <v>156</v>
       </c>
       <c r="D372" t="s">
         <v>132</v>
       </c>
       <c r="E372" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="F372" t="s">
         <v>26</v>
       </c>
       <c r="G372" t="s">
         <v>166</v>
       </c>
       <c r="H372" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
         <v>544</v>
       </c>
       <c r="C373">
         <v>155</v>
       </c>
       <c r="D373" t="s">
         <v>79</v>
       </c>
       <c r="E373" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F373" t="s">
         <v>154</v>
       </c>
       <c r="G373" t="s">
         <v>87</v>
       </c>
       <c r="H373" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
         <v>545</v>
       </c>
       <c r="C374">
         <v>155</v>
       </c>
       <c r="D374" t="s">
         <v>83</v>
       </c>
       <c r="E374" t="s">
@@ -12546,51 +12546,51 @@
       </c>
       <c r="F374" t="s">
         <v>86</v>
       </c>
       <c r="G374" t="s">
         <v>546</v>
       </c>
       <c r="H374" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
         <v>547</v>
       </c>
       <c r="C375">
         <v>155</v>
       </c>
       <c r="D375" t="s">
         <v>79</v>
       </c>
       <c r="E375" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F375" t="s">
         <v>26</v>
       </c>
       <c r="G375" t="s">
         <v>34</v>
       </c>
       <c r="H375" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
         <v>548</v>
       </c>
       <c r="C376">
         <v>155</v>
       </c>
       <c r="D376" t="s">
         <v>116</v>
       </c>
       <c r="E376" t="s">
@@ -12780,51 +12780,51 @@
       </c>
       <c r="F383" t="s">
         <v>26</v>
       </c>
       <c r="G383" t="s">
         <v>34</v>
       </c>
       <c r="H383" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
         <v>557</v>
       </c>
       <c r="C384">
         <v>151</v>
       </c>
       <c r="D384" t="s">
         <v>132</v>
       </c>
       <c r="E384" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="F384" t="s">
         <v>67</v>
       </c>
       <c r="G384" t="s">
         <v>558</v>
       </c>
       <c r="H384" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
         <v>559</v>
       </c>
       <c r="C385">
         <v>148</v>
       </c>
       <c r="D385" t="s">
         <v>162</v>
       </c>
       <c r="E385" t="s">
@@ -13768,51 +13768,51 @@
       </c>
       <c r="F421" t="s">
         <v>17</v>
       </c>
       <c r="G421" t="s">
         <v>63</v>
       </c>
       <c r="H421" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
         <v>602</v>
       </c>
       <c r="C422">
         <v>124</v>
       </c>
       <c r="D422" t="s">
         <v>79</v>
       </c>
       <c r="E422" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F422" t="s">
         <v>26</v>
       </c>
       <c r="G422" t="s">
         <v>34</v>
       </c>
       <c r="H422" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
         <v>603</v>
       </c>
       <c r="C423">
         <v>123</v>
       </c>
       <c r="D423" t="s">
         <v>227</v>
       </c>
       <c r="E423" t="s">
@@ -14002,51 +14002,51 @@
       </c>
       <c r="F430" t="s">
         <v>26</v>
       </c>
       <c r="G430" t="s">
         <v>118</v>
       </c>
       <c r="H430" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
         <v>612</v>
       </c>
       <c r="C431">
         <v>121</v>
       </c>
       <c r="D431" t="s">
         <v>79</v>
       </c>
       <c r="E431" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F431" t="s">
         <v>86</v>
       </c>
       <c r="G431" t="s">
         <v>87</v>
       </c>
       <c r="H431" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
         <v>613</v>
       </c>
       <c r="C432">
         <v>121</v>
       </c>
       <c r="D432" t="s">
         <v>116</v>
       </c>
       <c r="E432" t="s">
@@ -14106,51 +14106,51 @@
       </c>
       <c r="F434" t="s">
         <v>86</v>
       </c>
       <c r="G434" t="s">
         <v>87</v>
       </c>
       <c r="H434" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
         <v>616</v>
       </c>
       <c r="C435">
         <v>120</v>
       </c>
       <c r="D435" t="s">
         <v>132</v>
       </c>
       <c r="E435" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="F435" t="s">
         <v>40</v>
       </c>
       <c r="G435" t="s">
         <v>617</v>
       </c>
       <c r="H435" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
         <v>618</v>
       </c>
       <c r="C436">
         <v>120</v>
       </c>
       <c r="D436" t="s">
         <v>83</v>
       </c>
       <c r="E436" t="s">
@@ -14392,51 +14392,51 @@
       </c>
       <c r="F445" t="s">
         <v>130</v>
       </c>
       <c r="G445" t="s">
         <v>629</v>
       </c>
       <c r="H445" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
         <v>630</v>
       </c>
       <c r="C446">
         <v>112</v>
       </c>
       <c r="D446" t="s">
         <v>132</v>
       </c>
       <c r="E446" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="F446" t="s">
         <v>86</v>
       </c>
       <c r="G446" t="s">
         <v>87</v>
       </c>
       <c r="H446" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
         <v>631</v>
       </c>
       <c r="C447">
         <v>112</v>
       </c>
       <c r="D447" t="s">
         <v>162</v>
       </c>
       <c r="E447" t="s">
@@ -14860,51 +14860,51 @@
       </c>
       <c r="F463" t="s">
         <v>26</v>
       </c>
       <c r="G463" t="s">
         <v>651</v>
       </c>
       <c r="H463" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
         <v>652</v>
       </c>
       <c r="C464">
         <v>101</v>
       </c>
       <c r="D464" t="s">
         <v>132</v>
       </c>
       <c r="E464" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="F464" t="s">
         <v>86</v>
       </c>
       <c r="G464" t="s">
         <v>87</v>
       </c>
       <c r="H464" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
         <v>653</v>
       </c>
       <c r="C465">
         <v>100</v>
       </c>
       <c r="D465" t="s">
         <v>79</v>
       </c>
       <c r="E465" t="s">
@@ -15016,51 +15016,51 @@
       </c>
       <c r="F469" t="s">
         <v>86</v>
       </c>
       <c r="G469" t="s">
         <v>87</v>
       </c>
       <c r="H469" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
         <v>658</v>
       </c>
       <c r="C470">
         <v>100</v>
       </c>
       <c r="D470" t="s">
         <v>79</v>
       </c>
       <c r="E470" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F470" t="s">
         <v>26</v>
       </c>
       <c r="G470" t="s">
         <v>87</v>
       </c>
       <c r="H470" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
         <v>660</v>
       </c>
       <c r="C471">
         <v>100</v>
       </c>
       <c r="D471" t="s">
         <v>9</v>
       </c>
       <c r="E471" t="s">
@@ -15328,77 +15328,77 @@
       </c>
       <c r="F481" t="s">
         <v>40</v>
       </c>
       <c r="G481" t="s">
         <v>87</v>
       </c>
       <c r="H481" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
         <v>672</v>
       </c>
       <c r="C482">
         <v>93</v>
       </c>
       <c r="D482" t="s">
         <v>132</v>
       </c>
       <c r="E482" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="F482" t="s">
         <v>86</v>
       </c>
       <c r="G482" t="s">
         <v>87</v>
       </c>
       <c r="H482" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
         <v>673</v>
       </c>
       <c r="C483">
         <v>93</v>
       </c>
       <c r="D483" t="s">
         <v>79</v>
       </c>
       <c r="E483" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F483" t="s">
         <v>86</v>
       </c>
       <c r="G483" t="s">
         <v>87</v>
       </c>
       <c r="H483" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
         <v>674</v>
       </c>
       <c r="C484">
         <v>93</v>
       </c>
       <c r="D484" t="s">
         <v>116</v>
       </c>
       <c r="E484" t="s">
@@ -15744,51 +15744,51 @@
       </c>
       <c r="F497" t="s">
         <v>86</v>
       </c>
       <c r="G497" t="s">
         <v>87</v>
       </c>
       <c r="H497" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
         <v>691</v>
       </c>
       <c r="C498">
         <v>86</v>
       </c>
       <c r="D498" t="s">
         <v>79</v>
       </c>
       <c r="E498" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F498" t="s">
         <v>154</v>
       </c>
       <c r="G498" t="s">
         <v>87</v>
       </c>
       <c r="H498" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
         <v>692</v>
       </c>
       <c r="C499">
         <v>85</v>
       </c>
       <c r="D499" t="s">
         <v>267</v>
       </c>
       <c r="E499" t="s">
@@ -15796,51 +15796,51 @@
       </c>
       <c r="F499" t="s">
         <v>86</v>
       </c>
       <c r="G499" t="s">
         <v>87</v>
       </c>
       <c r="H499" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
         <v>693</v>
       </c>
       <c r="C500">
         <v>85</v>
       </c>
       <c r="D500" t="s">
         <v>79</v>
       </c>
       <c r="E500" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F500" t="s">
         <v>26</v>
       </c>
       <c r="G500" t="s">
         <v>694</v>
       </c>
       <c r="H500" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
         <v>695</v>
       </c>
       <c r="C501">
         <v>85</v>
       </c>
       <c r="D501" t="s">
         <v>132</v>
       </c>
       <c r="E501" t="s">
@@ -17174,51 +17174,51 @@
       </c>
       <c r="F552" t="s">
         <v>86</v>
       </c>
       <c r="G552" t="s">
         <v>87</v>
       </c>
       <c r="H552" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
         <v>753</v>
       </c>
       <c r="C553">
         <v>61</v>
       </c>
       <c r="D553" t="s">
         <v>79</v>
       </c>
       <c r="E553" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="F553" t="s">
         <v>40</v>
       </c>
       <c r="G553" t="s">
         <v>87</v>
       </c>
       <c r="H553" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
         <v>755</v>
       </c>
       <c r="C554">
         <v>61</v>
       </c>
       <c r="D554" t="s">
         <v>227</v>
       </c>
       <c r="E554" t="s">
@@ -17226,51 +17226,51 @@
       </c>
       <c r="F554" t="s">
         <v>86</v>
       </c>
       <c r="G554" t="s">
         <v>87</v>
       </c>
       <c r="H554" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
         <v>756</v>
       </c>
       <c r="C555">
         <v>60</v>
       </c>
       <c r="D555" t="s">
         <v>132</v>
       </c>
       <c r="E555" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="F555" t="s">
         <v>86</v>
       </c>
       <c r="G555" t="s">
         <v>87</v>
       </c>
       <c r="H555" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
         <v>757</v>
       </c>
       <c r="C556">
         <v>60</v>
       </c>
       <c r="D556" t="s">
         <v>227</v>
       </c>
       <c r="E556" t="s">
@@ -17304,51 +17304,51 @@
       </c>
       <c r="F557" t="s">
         <v>86</v>
       </c>
       <c r="G557" t="s">
         <v>87</v>
       </c>
       <c r="H557" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
         <v>760</v>
       </c>
       <c r="C558">
         <v>60</v>
       </c>
       <c r="D558" t="s">
         <v>132</v>
       </c>
       <c r="E558" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="F558" t="s">
         <v>154</v>
       </c>
       <c r="G558" t="s">
         <v>87</v>
       </c>
       <c r="H558" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
         <v>761</v>
       </c>
       <c r="C559">
         <v>59</v>
       </c>
       <c r="D559" t="s">
         <v>227</v>
       </c>
       <c r="E559" t="s">