--- v0 (2025-12-04)
+++ v1 (2026-02-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Рейтинг</t>
   </si>
   <si>
     <t>ПІБ</t>
   </si>
   <si>
     <t>Нарахований бал</t>
   </si>
   <si>
     <t>Підрозділ</t>
   </si>
   <si>
     <t>Кафедра</t>
   </si>
   <si>
     <t>Посада</t>
   </si>
   <si>
     <t>Ступінь</t>
   </si>
   <si>
     <t>Звання</t>
   </si>
   <si>
@@ -297,53 +297,50 @@
     <t>Вовченко Микола Павлович</t>
   </si>
   <si>
     <t>Камінецька Анна Романівна</t>
   </si>
   <si>
     <t>Осипенко Олена Валеріївна</t>
   </si>
   <si>
     <t>Головчанська Оксана Василівна</t>
   </si>
   <si>
     <t>Запара Олексій Васильович</t>
   </si>
   <si>
     <t>Завідувач навчально-виробничої практики</t>
   </si>
   <si>
     <t>Кравченко Наталія Володимирівна</t>
   </si>
   <si>
     <t>Москаленко Олександр Анатолійович</t>
   </si>
   <si>
     <t>Рябоконь Юлія Станіславівна</t>
-  </si>
-[...1 lines deleted...]
-    <t>Завідувач навчально-методичним кабінетом</t>
   </si>
   <si>
     <t>Казаков Олександр Олексійович</t>
   </si>
   <si>
     <t>Кандидат історичних наук</t>
   </si>
   <si>
     <t>Доцент</t>
   </si>
   <si>
     <t>Мальцева Людмила Володимирівна</t>
   </si>
   <si>
     <t>Черняхівський Анатолій Іванович</t>
   </si>
   <si>
     <t>Бухарєв Олег Олексійович</t>
   </si>
   <si>
     <t>Концертмейстер</t>
   </si>
   <si>
     <t>Паляниця Наталія Євгенівна</t>
   </si>
@@ -2146,285 +2143,285 @@
       </c>
       <c r="G55" t="s">
         <v>12</v>
       </c>
       <c r="H55" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>94</v>
       </c>
       <c r="C56">
         <v>43</v>
       </c>
       <c r="D56" t="s">
         <v>9</v>
       </c>
       <c r="E56" t="s">
         <v>48</v>
       </c>
       <c r="F56" t="s">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="G56" t="s">
         <v>12</v>
       </c>
       <c r="H56" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C57">
         <v>42</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
       <c r="E57" t="s">
         <v>48</v>
       </c>
       <c r="F57" t="s">
         <v>22</v>
       </c>
       <c r="G57" t="s">
+        <v>96</v>
+      </c>
+      <c r="H57" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C58">
         <v>42</v>
       </c>
       <c r="D58" t="s">
         <v>9</v>
       </c>
       <c r="E58" t="s">
         <v>54</v>
       </c>
       <c r="F58" t="s">
         <v>22</v>
       </c>
       <c r="G58" t="s">
         <v>12</v>
       </c>
       <c r="H58" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="C59">
         <v>41</v>
       </c>
       <c r="D59" t="s">
         <v>9</v>
       </c>
       <c r="E59" t="s">
         <v>54</v>
       </c>
       <c r="F59" t="s">
         <v>22</v>
       </c>
       <c r="G59" t="s">
         <v>12</v>
       </c>
       <c r="H59" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C60">
         <v>35</v>
       </c>
       <c r="D60" t="s">
         <v>9</v>
       </c>
       <c r="E60" t="s">
         <v>15</v>
       </c>
       <c r="F60" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G60" t="s">
         <v>12</v>
       </c>
       <c r="H60" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C61">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>9</v>
       </c>
       <c r="E61" t="s">
         <v>15</v>
       </c>
       <c r="F61" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G61" t="s">
         <v>12</v>
       </c>
       <c r="H61" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C62">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>9</v>
       </c>
       <c r="E62" t="s">
         <v>41</v>
       </c>
       <c r="F62" t="s">
         <v>22</v>
       </c>
       <c r="G62" t="s">
         <v>12</v>
       </c>
       <c r="H62" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C63">
         <v>10</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
       <c r="E63" t="s">
         <v>10</v>
       </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>12</v>
       </c>
       <c r="H63" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C64">
         <v>5</v>
       </c>
       <c r="D64" t="s">
         <v>9</v>
       </c>
       <c r="E64" t="s">
         <v>41</v>
       </c>
       <c r="F64" t="s">
         <v>22</v>
       </c>
       <c r="G64" t="s">
         <v>12</v>
       </c>
       <c r="H64" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="C65">
         <v>0</v>
       </c>
       <c r="D65" t="s">
         <v>9</v>
       </c>
       <c r="E65" t="s">
         <v>48</v>
       </c>
       <c r="F65" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>23</v>
       </c>
       <c r="H65" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>